--- v0 (2025-10-19)
+++ v1 (2025-12-14)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2713">
   <si>
     <t>Zoznam pracovných pozícií v prieskume miezd</t>
   </si>
   <si>
     <t>acunetix.profesia.sk</t>
   </si>
   <si>
     <t>Aktualizované v</t>
   </si>
   <si>
-    <t>10/2025</t>
+    <t>12/2025</t>
   </si>
   <si>
     <t>Počet pozícií</t>
   </si>
   <si>
     <t>category_name_en</t>
   </si>
   <si>
     <t>category_name</t>
   </si>
   <si>
     <t>position_name_en</t>
   </si>
   <si>
     <t>position_name</t>
   </si>
   <si>
     <t>job_description_en</t>
   </si>
   <si>
     <t>job_description</t>
   </si>
   <si>
     <t>Administration</t>
   </si>